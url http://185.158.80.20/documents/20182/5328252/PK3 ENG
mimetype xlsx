--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK3 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="591" uniqueCount="35">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>NUMBER AND VALUE OF TRANSACTIONS EXECUTED USING PAYMENT CARDS</t>
   </si>
   <si>
     <t>IN THE REPUBLIC OF CROATIA IN EURO BY TYPE OF TRANSACTION - year 2025
 </t>
   </si>
   <si>
     <t>The transactions of money remittance, contractual charge and cash credit are not included. </t>
   </si>
   <si>
     <t>{1} The transactions of purchases in instalments and transactions of cash withdrawal in instalments are included.</t>
@@ -81,87 +81,90 @@
   <si>
     <t>REVOLVING</t>
   </si>
   <si>
     <t>CHARGE {1}</t>
   </si>
   <si>
     <t>CREDIT</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Number of transactions</t>
   </si>
   <si>
     <t>Value of transactions</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Purchase</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t> JANUARY</t>
   </si>
   <si>
     <t> Cash withdrawal</t>
   </si>
   <si>
     <t> Cash deposit</t>
   </si>
   <si>
     <t> TOTAL</t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
   </si>
   <si>
+    <t> JULY</t>
+  </si>
+  <si>
+    <t> AUGUST</t>
+  </si>
+  <si>
+    <t> SEPTEMBER</t>
+  </si>
+  <si>
     <t> TOTAL </t>
   </si>
   <si>
     <t> SUM TOTAL </t>
-  </si>
-[...1 lines deleted...]
-    <t>* data have been revised from the previous release</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -562,51 +565,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Z42"/>
+  <dimension ref="A1:Z53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
     <col min="19" max="19" width="21" customWidth="1"/>
     <col min="20" max="20" width="4" customWidth="1"/>
@@ -726,125 +729,125 @@
       </c>
       <c r="S13" t="s" s="5">
         <v>17</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>18</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>17</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="B14" t="s" s="7">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>43951718</v>
       </c>
       <c r="D14" t="s" s="7">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E14" s="8">
         <v>1132611281</v>
       </c>
       <c r="F14" t="s" s="7">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G14" s="8">
         <v>1552805</v>
       </c>
       <c r="H14" t="s" s="7">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="I14" s="8">
         <v>54667881</v>
       </c>
       <c r="J14" t="s" s="7">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="K14" s="8">
         <v>629875</v>
       </c>
       <c r="L14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="M14" s="8">
         <v>21243031</v>
       </c>
       <c r="N14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="O14" s="8">
         <v>4279642</v>
       </c>
       <c r="P14" t="s" s="7">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="Q14" s="8">
         <v>176280377</v>
       </c>
       <c r="R14" t="s" s="7">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="S14" s="8">
         <v>92029</v>
       </c>
       <c r="T14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="U14" s="8">
         <v>5871477</v>
       </c>
       <c r="V14" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W14" s="9">
         <v>50506069</v>
       </c>
       <c r="X14" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y14" s="9">
         <v>1390674047</v>
       </c>
       <c r="Z14" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="B15" t="s" s="7">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C15" s="8">
         <v>6676861</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E15" s="8">
         <v>1065239114</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G15" s="8">
         <v>43986</v>
       </c>
       <c r="H15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I15" s="8">
         <v>7344010</v>
       </c>
       <c r="J15" t="s" s="7">
         <v>19</v>
       </c>
@@ -880,51 +883,51 @@
       </c>
       <c r="U15" s="8">
         <v>5143255</v>
       </c>
       <c r="V15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W15" s="9">
         <v>6853566</v>
       </c>
       <c r="X15" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y15" s="9">
         <v>1093419790</v>
       </c>
       <c r="Z15" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="B16" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>616161</v>
       </c>
       <c r="D16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E16" s="8">
         <v>327319501</v>
       </c>
       <c r="F16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G16" s="8">
         <v/>
       </c>
       <c r="H16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I16" s="8">
         <v/>
       </c>
       <c r="J16" t="s" s="7">
         <v>19</v>
       </c>
@@ -960,51 +963,51 @@
       </c>
       <c r="U16" s="8">
         <v/>
       </c>
       <c r="V16" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W16" s="9">
         <v>616161</v>
       </c>
       <c r="X16" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y16" s="9">
         <v>327319501</v>
       </c>
       <c r="Z16" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s" s="11">
         <v>19</v>
       </c>
       <c r="B17" t="s" s="12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C17" s="13">
         <v>51244740</v>
       </c>
       <c r="D17" t="s" s="12">
         <v>19</v>
       </c>
       <c r="E17" s="13">
         <v>2525169896</v>
       </c>
       <c r="F17" t="s" s="12">
         <v>19</v>
       </c>
       <c r="G17" s="13">
         <v>1596791</v>
       </c>
       <c r="H17" t="s" s="12">
         <v>19</v>
       </c>
       <c r="I17" s="13">
         <v>62011891</v>
       </c>
       <c r="J17" t="s" s="12">
         <v>19</v>
       </c>
@@ -1117,54 +1120,54 @@
       </c>
       <c r="T18" t="s" s="7">
         <v>19</v>
       </c>
       <c r="U18" s="8">
         <v>5710111</v>
       </c>
       <c r="V18" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W18" s="9">
         <v>49148993</v>
       </c>
       <c r="X18" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y18" s="9">
         <v>1348026386</v>
       </c>
       <c r="Z18" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s" s="7">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C19" s="8">
         <v>6621844</v>
       </c>
       <c r="D19" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E19" s="8">
         <v>1066003511</v>
       </c>
       <c r="F19" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G19" s="8">
         <v>41690</v>
       </c>
       <c r="H19" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I19" s="8">
         <v>6981999</v>
       </c>
       <c r="J19" t="s" s="7">
         <v>19</v>
       </c>
@@ -1200,51 +1203,51 @@
       </c>
       <c r="U19" s="8">
         <v>5123052</v>
       </c>
       <c r="V19" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W19" s="9">
         <v>6793721</v>
       </c>
       <c r="X19" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y19" s="9">
         <v>1093341046</v>
       </c>
       <c r="Z19" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s" s="7">
         <v>19</v>
       </c>
       <c r="B20" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20" s="8">
         <v>595618</v>
       </c>
       <c r="D20" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E20" s="8">
         <v>324913352</v>
       </c>
       <c r="F20" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G20" s="8">
         <v/>
       </c>
       <c r="H20" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I20" s="8">
         <v/>
       </c>
       <c r="J20" t="s" s="7">
         <v>19</v>
       </c>
@@ -1280,51 +1283,51 @@
       </c>
       <c r="U20" s="8">
         <v/>
       </c>
       <c r="V20" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W20" s="9">
         <v>595618</v>
       </c>
       <c r="X20" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y20" s="9">
         <v>324913352</v>
       </c>
       <c r="Z20" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s" s="11">
         <v>19</v>
       </c>
       <c r="B21" t="s" s="12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C21" s="13">
         <v>49922084</v>
       </c>
       <c r="D21" t="s" s="12">
         <v>19</v>
       </c>
       <c r="E21" s="13">
         <v>2483455918</v>
       </c>
       <c r="F21" t="s" s="12">
         <v>19</v>
       </c>
       <c r="G21" s="13">
         <v>1546654</v>
       </c>
       <c r="H21" t="s" s="12">
         <v>19</v>
       </c>
       <c r="I21" s="13">
         <v>60301009</v>
       </c>
       <c r="J21" t="s" s="12">
         <v>19</v>
       </c>
@@ -1437,54 +1440,54 @@
       </c>
       <c r="T22" t="s" s="7">
         <v>19</v>
       </c>
       <c r="U22" s="8">
         <v>6908481</v>
       </c>
       <c r="V22" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W22" s="9">
         <v>56625858</v>
       </c>
       <c r="X22" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y22" s="9">
         <v>1566777296</v>
       </c>
       <c r="Z22" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B23" t="s" s="7">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C23" s="8">
         <v>7366870</v>
       </c>
       <c r="D23" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E23" s="8">
         <v>1181651325</v>
       </c>
       <c r="F23" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G23" s="8">
         <v>48193</v>
       </c>
       <c r="H23" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I23" s="8">
         <v>7923379</v>
       </c>
       <c r="J23" t="s" s="7">
         <v>19</v>
       </c>
@@ -1520,51 +1523,51 @@
       </c>
       <c r="U23" s="8">
         <v>5833008</v>
       </c>
       <c r="V23" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W23" s="9">
         <v>7564225</v>
       </c>
       <c r="X23" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y23" s="9">
         <v>1212735422</v>
       </c>
       <c r="Z23" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s" s="7">
         <v>19</v>
       </c>
       <c r="B24" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C24" s="8">
         <v>675354</v>
       </c>
       <c r="D24" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E24" s="8">
         <v>372994987</v>
       </c>
       <c r="F24" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G24" s="8">
         <v/>
       </c>
       <c r="H24" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I24" s="8">
         <v/>
       </c>
       <c r="J24" t="s" s="7">
         <v>19</v>
       </c>
@@ -1600,51 +1603,51 @@
       </c>
       <c r="U24" s="8">
         <v/>
       </c>
       <c r="V24" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W24" s="9">
         <v>675354</v>
       </c>
       <c r="X24" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y24" s="9">
         <v>372994987</v>
       </c>
       <c r="Z24" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s" s="11">
         <v>19</v>
       </c>
       <c r="B25" t="s" s="12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C25" s="13">
         <v>57214731</v>
       </c>
       <c r="D25" t="s" s="12">
         <v>19</v>
       </c>
       <c r="E25" s="13">
         <v>2820211473</v>
       </c>
       <c r="F25" t="s" s="12">
         <v>19</v>
       </c>
       <c r="G25" s="13">
         <v>1802755</v>
       </c>
       <c r="H25" t="s" s="12">
         <v>19</v>
       </c>
       <c r="I25" s="13">
         <v>71009401</v>
       </c>
       <c r="J25" t="s" s="12">
         <v>19</v>
       </c>
@@ -1757,54 +1760,54 @@
       </c>
       <c r="T26" t="s" s="7">
         <v>19</v>
       </c>
       <c r="U26" s="8">
         <v>6842430</v>
       </c>
       <c r="V26" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W26" s="9">
         <v>57157684</v>
       </c>
       <c r="X26" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y26" s="9">
         <v>1617697429</v>
       </c>
       <c r="Z26" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B27" t="s" s="7">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C27" s="8">
         <v>7577042</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E27" s="8">
         <v>1251970466</v>
       </c>
       <c r="F27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G27" s="8">
         <v>44646</v>
       </c>
       <c r="H27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I27" s="8">
         <v>7357697</v>
       </c>
       <c r="J27" t="s" s="7">
         <v>19</v>
       </c>
@@ -1840,51 +1843,51 @@
       </c>
       <c r="U27" s="8">
         <v>5660830</v>
       </c>
       <c r="V27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W27" s="9">
         <v>7758245</v>
       </c>
       <c r="X27" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y27" s="9">
         <v>1281007642</v>
       </c>
       <c r="Z27" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s" s="7">
         <v>19</v>
       </c>
       <c r="B28" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C28" s="8">
         <v>671300</v>
       </c>
       <c r="D28" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E28" s="8">
         <v>382307889</v>
       </c>
       <c r="F28" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G28" s="8">
         <v/>
       </c>
       <c r="H28" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I28" s="8">
         <v/>
       </c>
       <c r="J28" t="s" s="7">
         <v>19</v>
       </c>
@@ -1920,51 +1923,51 @@
       </c>
       <c r="U28" s="8">
         <v/>
       </c>
       <c r="V28" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W28" s="9">
         <v>671300</v>
       </c>
       <c r="X28" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y28" s="9">
         <v>382307889</v>
       </c>
       <c r="Z28" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s" s="11">
         <v>19</v>
       </c>
       <c r="B29" t="s" s="12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C29" s="13">
         <v>58031678</v>
       </c>
       <c r="D29" t="s" s="12">
         <v>19</v>
       </c>
       <c r="E29" s="13">
         <v>2945277265</v>
       </c>
       <c r="F29" t="s" s="12">
         <v>19</v>
       </c>
       <c r="G29" s="13">
         <v>1758589</v>
       </c>
       <c r="H29" t="s" s="12">
         <v>19</v>
       </c>
       <c r="I29" s="13">
         <v>71059962</v>
       </c>
       <c r="J29" t="s" s="12">
         <v>19</v>
       </c>
@@ -2077,54 +2080,54 @@
       </c>
       <c r="T30" t="s" s="7">
         <v>19</v>
       </c>
       <c r="U30" s="8">
         <v>7030146</v>
       </c>
       <c r="V30" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W30" s="9">
         <v>60317988</v>
       </c>
       <c r="X30" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y30" s="9">
         <v>1709088186</v>
       </c>
       <c r="Z30" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s" s="7">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B31" t="s" s="7">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C31" s="8">
         <v>7837478</v>
       </c>
       <c r="D31" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E31" s="8">
         <v>1331392758</v>
       </c>
       <c r="F31" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G31" s="8">
         <v>46529</v>
       </c>
       <c r="H31" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I31" s="8">
         <v>7742320</v>
       </c>
       <c r="J31" t="s" s="7">
         <v>19</v>
       </c>
@@ -2160,51 +2163,51 @@
       </c>
       <c r="U31" s="8">
         <v>5942326</v>
       </c>
       <c r="V31" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W31" s="9">
         <v>8027160</v>
       </c>
       <c r="X31" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y31" s="9">
         <v>1362133039</v>
       </c>
       <c r="Z31" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s" s="7">
         <v>19</v>
       </c>
       <c r="B32" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C32" s="8">
         <v>677981</v>
       </c>
       <c r="D32" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E32" s="8">
         <v>403614622</v>
       </c>
       <c r="F32" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G32" s="8">
         <v/>
       </c>
       <c r="H32" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I32" s="8">
         <v/>
       </c>
       <c r="J32" t="s" s="7">
         <v>19</v>
       </c>
@@ -2240,51 +2243,51 @@
       </c>
       <c r="U32" s="8">
         <v/>
       </c>
       <c r="V32" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W32" s="9">
         <v>677981</v>
       </c>
       <c r="X32" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y32" s="9">
         <v>403614622</v>
       </c>
       <c r="Z32" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s" s="11">
         <v>19</v>
       </c>
       <c r="B33" t="s" s="12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C33" s="13">
         <v>61222928</v>
       </c>
       <c r="D33" t="s" s="12">
         <v>19</v>
       </c>
       <c r="E33" s="13">
         <v>3128983335</v>
       </c>
       <c r="F33" t="s" s="12">
         <v>19</v>
       </c>
       <c r="G33" s="13">
         <v>1843821</v>
       </c>
       <c r="H33" t="s" s="12">
         <v>19</v>
       </c>
       <c r="I33" s="13">
         <v>74067221</v>
       </c>
       <c r="J33" t="s" s="12">
         <v>19</v>
       </c>
@@ -2397,54 +2400,54 @@
       </c>
       <c r="T34" t="s" s="7">
         <v>19</v>
       </c>
       <c r="U34" s="8">
         <v>7075833</v>
       </c>
       <c r="V34" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W34" s="9">
         <v>60630652</v>
       </c>
       <c r="X34" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y34" s="9">
         <v>1752457336</v>
       </c>
       <c r="Z34" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s" s="7">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B35" t="s" s="7">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C35" s="8">
         <v>7513512</v>
       </c>
       <c r="D35" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E35" s="8">
         <v>1298707932</v>
       </c>
       <c r="F35" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G35" s="8">
         <v>42332</v>
       </c>
       <c r="H35" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I35" s="8">
         <v>7085312</v>
       </c>
       <c r="J35" t="s" s="7">
         <v>19</v>
       </c>
@@ -2480,51 +2483,51 @@
       </c>
       <c r="U35" s="8">
         <v>5285215</v>
       </c>
       <c r="V35" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W35" s="9">
         <v>7681920</v>
       </c>
       <c r="X35" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y35" s="9">
         <v>1325964503</v>
       </c>
       <c r="Z35" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s" s="7">
         <v>19</v>
       </c>
       <c r="B36" t="s" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C36" s="8">
         <v>681982</v>
       </c>
       <c r="D36" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E36" s="8">
         <v>435162004</v>
       </c>
       <c r="F36" t="s" s="7">
         <v>19</v>
       </c>
       <c r="G36" s="8">
         <v/>
       </c>
       <c r="H36" t="s" s="7">
         <v>19</v>
       </c>
       <c r="I36" s="8">
         <v/>
       </c>
       <c r="J36" t="s" s="7">
         <v>19</v>
       </c>
@@ -2560,51 +2563,51 @@
       </c>
       <c r="U36" s="8">
         <v/>
       </c>
       <c r="V36" t="s" s="7">
         <v>19</v>
       </c>
       <c r="W36" s="9">
         <v>681982</v>
       </c>
       <c r="X36" t="s" s="10">
         <v>19</v>
       </c>
       <c r="Y36" s="9">
         <v>435162004</v>
       </c>
       <c r="Z36" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s" s="11">
         <v>19</v>
       </c>
       <c r="B37" t="s" s="12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C37" s="13">
         <v>61358647</v>
       </c>
       <c r="D37" t="s" s="12">
         <v>19</v>
       </c>
       <c r="E37" s="13">
         <v>3174908614</v>
       </c>
       <c r="F37" t="s" s="12">
         <v>19</v>
       </c>
       <c r="G37" s="13">
         <v>1780387</v>
       </c>
       <c r="H37" t="s" s="12">
         <v>19</v>
       </c>
       <c r="I37" s="13">
         <v>71943878</v>
       </c>
       <c r="J37" t="s" s="12">
         <v>19</v>
       </c>
@@ -2639,369 +2642,1324 @@
         <v>19</v>
       </c>
       <c r="U37" s="13">
         <v>12361048</v>
       </c>
       <c r="V37" t="s" s="12">
         <v>19</v>
       </c>
       <c r="W37" s="13">
         <v>68994554</v>
       </c>
       <c r="X37" t="s" s="12">
         <v>19</v>
       </c>
       <c r="Y37" s="13">
         <v>3513583843</v>
       </c>
       <c r="Z37" t="s" s="12">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="B38" t="s" s="14">
+      <c r="B38" t="s" s="7">
         <v>20</v>
       </c>
-      <c r="C38" s="15">
-[...68 lines deleted...]
-      <c r="Z38" t="s" s="14">
+      <c r="C38" s="8">
+        <v>54370504</v>
+      </c>
+      <c r="D38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E38" s="8">
+        <v>1482153072</v>
+      </c>
+      <c r="F38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G38" s="8">
+        <v>1802643</v>
+      </c>
+      <c r="H38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I38" s="8">
+        <v>66085082</v>
+      </c>
+      <c r="J38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K38" s="8">
+        <v>703981</v>
+      </c>
+      <c r="L38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M38" s="8">
+        <v>25103204</v>
+      </c>
+      <c r="N38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O38" s="8">
+        <v>5086145</v>
+      </c>
+      <c r="P38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q38" s="8">
+        <v>217238739</v>
+      </c>
+      <c r="R38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S38" s="8">
+        <v>107724</v>
+      </c>
+      <c r="T38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U38" s="8">
+        <v>6922554</v>
+      </c>
+      <c r="V38" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W38" s="9">
+        <v>62070997</v>
+      </c>
+      <c r="X38" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y38" s="9">
+        <v>1797502651</v>
+      </c>
+      <c r="Z38" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s" s="7">
-        <v>31</v>
-[...73 lines deleted...]
-      <c r="Z39" t="s" s="14">
+        <v>30</v>
+      </c>
+      <c r="B39" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="C39" s="8">
+        <v>7453451</v>
+      </c>
+      <c r="D39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E39" s="8">
+        <v>1323094127</v>
+      </c>
+      <c r="F39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G39" s="8">
+        <v>43957</v>
+      </c>
+      <c r="H39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I39" s="8">
+        <v>7393204</v>
+      </c>
+      <c r="J39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K39" s="8">
+        <v>41335</v>
+      </c>
+      <c r="L39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M39" s="8">
+        <v>6025961</v>
+      </c>
+      <c r="N39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O39" s="8">
+        <v>71949</v>
+      </c>
+      <c r="P39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q39" s="8">
+        <v>11350756</v>
+      </c>
+      <c r="R39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S39" s="8">
+        <v>30159</v>
+      </c>
+      <c r="T39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U39" s="8">
+        <v>5982077</v>
+      </c>
+      <c r="V39" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W39" s="9">
+        <v>7640851</v>
+      </c>
+      <c r="X39" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y39" s="9">
+        <v>1353846125</v>
+      </c>
+      <c r="Z39" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="B40" t="s" s="14">
-[...71 lines deleted...]
-      <c r="Z40" t="s" s="14">
+      <c r="B40" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C40" s="8">
+        <v>740797</v>
+      </c>
+      <c r="D40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E40" s="8">
+        <v>488290095</v>
+      </c>
+      <c r="F40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G40" s="8">
+        <v/>
+      </c>
+      <c r="H40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I40" s="8">
+        <v/>
+      </c>
+      <c r="J40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K40" s="8">
+        <v/>
+      </c>
+      <c r="L40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M40" s="8">
+        <v/>
+      </c>
+      <c r="N40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O40" s="8">
+        <v/>
+      </c>
+      <c r="P40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q40" s="8">
+        <v/>
+      </c>
+      <c r="R40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S40" s="8">
+        <v/>
+      </c>
+      <c r="T40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U40" s="8">
+        <v/>
+      </c>
+      <c r="V40" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W40" s="9">
+        <v>740797</v>
+      </c>
+      <c r="X40" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y40" s="9">
+        <v>488290095</v>
+      </c>
+      <c r="Z40" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s" s="11">
         <v>19</v>
       </c>
       <c r="B41" t="s" s="12">
+        <v>24</v>
+      </c>
+      <c r="C41" s="13">
+        <v>62564752</v>
+      </c>
+      <c r="D41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="E41" s="13">
+        <v>3293537294</v>
+      </c>
+      <c r="F41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="G41" s="13">
+        <v>1846600</v>
+      </c>
+      <c r="H41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="I41" s="13">
+        <v>73478286</v>
+      </c>
+      <c r="J41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="K41" s="13">
+        <v>745316</v>
+      </c>
+      <c r="L41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="M41" s="13">
+        <v>31129165</v>
+      </c>
+      <c r="N41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="O41" s="13">
+        <v>5158094</v>
+      </c>
+      <c r="P41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Q41" s="13">
+        <v>228589495</v>
+      </c>
+      <c r="R41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="S41" s="13">
+        <v>137883</v>
+      </c>
+      <c r="T41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="U41" s="13">
+        <v>12904631</v>
+      </c>
+      <c r="V41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="W41" s="13">
+        <v>70452645</v>
+      </c>
+      <c r="X41" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Y41" s="13">
+        <v>3639638871</v>
+      </c>
+      <c r="Z41" t="s" s="12">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26">
+      <c r="A42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B42" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C42" s="8">
+        <v>50936071</v>
+      </c>
+      <c r="D42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E42" s="8">
+        <v>1420400105</v>
+      </c>
+      <c r="F42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G42" s="8">
+        <v>1677338</v>
+      </c>
+      <c r="H42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I42" s="8">
+        <v>60457646</v>
+      </c>
+      <c r="J42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K42" s="8">
+        <v>673799</v>
+      </c>
+      <c r="L42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M42" s="8">
+        <v>24239260</v>
+      </c>
+      <c r="N42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O42" s="8">
+        <v>4637256</v>
+      </c>
+      <c r="P42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q42" s="8">
+        <v>195796268</v>
+      </c>
+      <c r="R42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S42" s="8">
+        <v>100313</v>
+      </c>
+      <c r="T42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U42" s="8">
+        <v>6376436</v>
+      </c>
+      <c r="V42" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W42" s="9">
+        <v>58024777</v>
+      </c>
+      <c r="X42" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y42" s="9">
+        <v>1707269715</v>
+      </c>
+      <c r="Z42" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26">
+      <c r="A43" t="s" s="7">
+        <v>31</v>
+      </c>
+      <c r="B43" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="C43" s="8">
+        <v>7102718</v>
+      </c>
+      <c r="D43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E43" s="8">
+        <v>1259590412</v>
+      </c>
+      <c r="F43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G43" s="8">
+        <v>42948</v>
+      </c>
+      <c r="H43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I43" s="8">
+        <v>7262042</v>
+      </c>
+      <c r="J43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K43" s="8">
+        <v>40191</v>
+      </c>
+      <c r="L43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M43" s="8">
+        <v>5863045</v>
+      </c>
+      <c r="N43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O43" s="8">
+        <v>62508</v>
+      </c>
+      <c r="P43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q43" s="8">
+        <v>10135316</v>
+      </c>
+      <c r="R43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S43" s="8">
+        <v>28322</v>
+      </c>
+      <c r="T43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U43" s="8">
+        <v>5703713</v>
+      </c>
+      <c r="V43" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W43" s="9">
+        <v>7276687</v>
+      </c>
+      <c r="X43" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y43" s="9">
+        <v>1288554528</v>
+      </c>
+      <c r="Z43" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26">
+      <c r="A44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B44" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C44" s="8">
+        <v>674127</v>
+      </c>
+      <c r="D44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E44" s="8">
+        <v>456530060</v>
+      </c>
+      <c r="F44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G44" s="8">
+        <v/>
+      </c>
+      <c r="H44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I44" s="8">
+        <v/>
+      </c>
+      <c r="J44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K44" s="8">
+        <v/>
+      </c>
+      <c r="L44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M44" s="8">
+        <v/>
+      </c>
+      <c r="N44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O44" s="8">
+        <v/>
+      </c>
+      <c r="P44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q44" s="8">
+        <v/>
+      </c>
+      <c r="R44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S44" s="8">
+        <v/>
+      </c>
+      <c r="T44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U44" s="8">
+        <v/>
+      </c>
+      <c r="V44" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W44" s="9">
+        <v>674127</v>
+      </c>
+      <c r="X44" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y44" s="9">
+        <v>456530060</v>
+      </c>
+      <c r="Z44" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26">
+      <c r="A45" t="s" s="11">
+        <v>19</v>
+      </c>
+      <c r="B45" t="s" s="12">
+        <v>24</v>
+      </c>
+      <c r="C45" s="13">
+        <v>58712916</v>
+      </c>
+      <c r="D45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="E45" s="13">
+        <v>3136520577</v>
+      </c>
+      <c r="F45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="G45" s="13">
+        <v>1720286</v>
+      </c>
+      <c r="H45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="I45" s="13">
+        <v>67719688</v>
+      </c>
+      <c r="J45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="K45" s="13">
+        <v>713990</v>
+      </c>
+      <c r="L45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="M45" s="13">
+        <v>30102305</v>
+      </c>
+      <c r="N45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="O45" s="13">
+        <v>4699764</v>
+      </c>
+      <c r="P45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Q45" s="13">
+        <v>205931584</v>
+      </c>
+      <c r="R45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="S45" s="13">
+        <v>128635</v>
+      </c>
+      <c r="T45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="U45" s="13">
+        <v>12080149</v>
+      </c>
+      <c r="V45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="W45" s="13">
+        <v>65975591</v>
+      </c>
+      <c r="X45" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Y45" s="13">
+        <v>3452354303</v>
+      </c>
+      <c r="Z45" t="s" s="12">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26">
+      <c r="A46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B46" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C46" s="8">
+        <v>52647016</v>
+      </c>
+      <c r="D46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E46" s="8">
+        <v>1408694549</v>
+      </c>
+      <c r="F46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G46" s="8">
+        <v>1726675</v>
+      </c>
+      <c r="H46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I46" s="8">
+        <v>63374274</v>
+      </c>
+      <c r="J46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K46" s="8">
+        <v>705816</v>
+      </c>
+      <c r="L46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M46" s="8">
+        <v>25441905</v>
+      </c>
+      <c r="N46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O46" s="8">
+        <v>4956131</v>
+      </c>
+      <c r="P46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q46" s="8">
+        <v>213951880</v>
+      </c>
+      <c r="R46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S46" s="8">
+        <v>104740</v>
+      </c>
+      <c r="T46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U46" s="8">
+        <v>6888951</v>
+      </c>
+      <c r="V46" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W46" s="9">
+        <v>60140378</v>
+      </c>
+      <c r="X46" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y46" s="9">
+        <v>1718351559</v>
+      </c>
+      <c r="Z46" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26">
+      <c r="A47" t="s" s="7">
         <v>32</v>
       </c>
-      <c r="C41" s="13">
-[...73 lines deleted...]
-      <c r="A42" t="s">
+      <c r="B47" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="C47" s="8">
+        <v>7283430</v>
+      </c>
+      <c r="D47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E47" s="8">
+        <v>1290275011</v>
+      </c>
+      <c r="F47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G47" s="8">
+        <v>43985</v>
+      </c>
+      <c r="H47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I47" s="8">
+        <v>7364149</v>
+      </c>
+      <c r="J47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K47" s="8">
+        <v>41802</v>
+      </c>
+      <c r="L47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M47" s="8">
+        <v>6180511</v>
+      </c>
+      <c r="N47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O47" s="8">
+        <v>70326</v>
+      </c>
+      <c r="P47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q47" s="8">
+        <v>11174139</v>
+      </c>
+      <c r="R47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S47" s="8">
+        <v>29577</v>
+      </c>
+      <c r="T47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U47" s="8">
+        <v>6058558</v>
+      </c>
+      <c r="V47" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W47" s="9">
+        <v>7469120</v>
+      </c>
+      <c r="X47" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y47" s="9">
+        <v>1321052368</v>
+      </c>
+      <c r="Z47" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26">
+      <c r="A48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B48" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C48" s="8">
+        <v>729438</v>
+      </c>
+      <c r="D48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E48" s="8">
+        <v>469052255</v>
+      </c>
+      <c r="F48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G48" s="8">
+        <v/>
+      </c>
+      <c r="H48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I48" s="8">
+        <v/>
+      </c>
+      <c r="J48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K48" s="8">
+        <v/>
+      </c>
+      <c r="L48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M48" s="8">
+        <v/>
+      </c>
+      <c r="N48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O48" s="8">
+        <v/>
+      </c>
+      <c r="P48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q48" s="8">
+        <v/>
+      </c>
+      <c r="R48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S48" s="8">
+        <v/>
+      </c>
+      <c r="T48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U48" s="8">
+        <v/>
+      </c>
+      <c r="V48" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W48" s="9">
+        <v>729438</v>
+      </c>
+      <c r="X48" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y48" s="9">
+        <v>469052255</v>
+      </c>
+      <c r="Z48" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26">
+      <c r="A49" t="s" s="11">
+        <v>19</v>
+      </c>
+      <c r="B49" t="s" s="12">
+        <v>24</v>
+      </c>
+      <c r="C49" s="13">
+        <v>60659884</v>
+      </c>
+      <c r="D49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="E49" s="13">
+        <v>3168021815</v>
+      </c>
+      <c r="F49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="G49" s="13">
+        <v>1770660</v>
+      </c>
+      <c r="H49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="I49" s="13">
+        <v>70738423</v>
+      </c>
+      <c r="J49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="K49" s="13">
+        <v>747618</v>
+      </c>
+      <c r="L49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="M49" s="13">
+        <v>31622416</v>
+      </c>
+      <c r="N49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="O49" s="13">
+        <v>5026457</v>
+      </c>
+      <c r="P49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Q49" s="13">
+        <v>225126019</v>
+      </c>
+      <c r="R49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="S49" s="13">
+        <v>134317</v>
+      </c>
+      <c r="T49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="U49" s="13">
+        <v>12947509</v>
+      </c>
+      <c r="V49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="W49" s="13">
+        <v>68338936</v>
+      </c>
+      <c r="X49" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Y49" s="13">
+        <v>3508456182</v>
+      </c>
+      <c r="Z49" t="s" s="12">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26">
+      <c r="A50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B50" t="s" s="14">
+        <v>20</v>
+      </c>
+      <c r="C50" s="15">
+        <v>449436396</v>
+      </c>
+      <c r="D50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="E50" s="15">
+        <v>11947976766</v>
+      </c>
+      <c r="F50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="G50" s="15">
+        <v>15268277</v>
+      </c>
+      <c r="H50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="I50" s="15">
+        <v>555875647</v>
+      </c>
+      <c r="J50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="K50" s="15">
+        <v>6127500</v>
+      </c>
+      <c r="L50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="M50" s="15">
+        <v>216992778</v>
+      </c>
+      <c r="N50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="O50" s="15">
+        <v>42874176</v>
+      </c>
+      <c r="P50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Q50" s="15">
+        <v>1827372995</v>
+      </c>
+      <c r="R50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="S50" s="15">
+        <v>917047</v>
+      </c>
+      <c r="T50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="U50" s="15">
+        <v>59626419</v>
+      </c>
+      <c r="V50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="W50" s="15">
+        <v>514623396</v>
+      </c>
+      <c r="X50" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Y50" s="15">
+        <v>14607844605</v>
+      </c>
+      <c r="Z50" t="s" s="14">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26">
+      <c r="A51" t="s" s="7">
         <v>33</v>
+      </c>
+      <c r="B51" t="s" s="14">
+        <v>22</v>
+      </c>
+      <c r="C51" s="15">
+        <v>65433206</v>
+      </c>
+      <c r="D51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="E51" s="15">
+        <v>11067924656</v>
+      </c>
+      <c r="F51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="G51" s="15">
+        <v>398266</v>
+      </c>
+      <c r="H51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="I51" s="15">
+        <v>66454112</v>
+      </c>
+      <c r="J51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="K51" s="15">
+        <v>368670</v>
+      </c>
+      <c r="L51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="M51" s="15">
+        <v>52631248</v>
+      </c>
+      <c r="N51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="O51" s="15">
+        <v>606880</v>
+      </c>
+      <c r="P51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Q51" s="15">
+        <v>94312413</v>
+      </c>
+      <c r="R51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="S51" s="15">
+        <v>258473</v>
+      </c>
+      <c r="T51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="U51" s="15">
+        <v>50732034</v>
+      </c>
+      <c r="V51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="W51" s="15">
+        <v>67065495</v>
+      </c>
+      <c r="X51" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Y51" s="15">
+        <v>11332054463</v>
+      </c>
+      <c r="Z51" t="s" s="14">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26">
+      <c r="A52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B52" t="s" s="14">
+        <v>23</v>
+      </c>
+      <c r="C52" s="15">
+        <v>6062758</v>
+      </c>
+      <c r="D52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="E52" s="15">
+        <v>3660184765</v>
+      </c>
+      <c r="F52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="G52" s="15">
+        <v/>
+      </c>
+      <c r="H52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="I52" s="15">
+        <v/>
+      </c>
+      <c r="J52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="K52" s="15">
+        <v/>
+      </c>
+      <c r="L52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="M52" s="15">
+        <v/>
+      </c>
+      <c r="N52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="O52" s="15">
+        <v/>
+      </c>
+      <c r="P52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Q52" s="15">
+        <v/>
+      </c>
+      <c r="R52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="S52" s="15">
+        <v/>
+      </c>
+      <c r="T52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="U52" s="15">
+        <v/>
+      </c>
+      <c r="V52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="W52" s="15">
+        <v>6062758</v>
+      </c>
+      <c r="X52" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Y52" s="15">
+        <v>3660184765</v>
+      </c>
+      <c r="Z52" t="s" s="14">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26">
+      <c r="A53" t="s" s="11">
+        <v>19</v>
+      </c>
+      <c r="B53" t="s" s="12">
+        <v>34</v>
+      </c>
+      <c r="C53" s="13">
+        <v>520932360</v>
+      </c>
+      <c r="D53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="E53" s="13">
+        <v>26676086187</v>
+      </c>
+      <c r="F53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="G53" s="13">
+        <v>15666543</v>
+      </c>
+      <c r="H53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="I53" s="13">
+        <v>622329759</v>
+      </c>
+      <c r="J53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="K53" s="13">
+        <v>6496170</v>
+      </c>
+      <c r="L53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="M53" s="13">
+        <v>269624026</v>
+      </c>
+      <c r="N53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="O53" s="13">
+        <v>43481056</v>
+      </c>
+      <c r="P53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Q53" s="13">
+        <v>1921685408</v>
+      </c>
+      <c r="R53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="S53" s="13">
+        <v>1175520</v>
+      </c>
+      <c r="T53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="U53" s="13">
+        <v>110358453</v>
+      </c>
+      <c r="V53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="W53" s="13">
+        <v>587751649</v>
+      </c>
+      <c r="X53" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Y53" s="13">
+        <v>29600083833</v>
+      </c>
+      <c r="Z53" t="s" s="12">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="31">
     <mergeCell ref="A1:Z1"/>
     <mergeCell ref="A2:Z2"/>
     <mergeCell ref="A3:Z3"/>
     <mergeCell ref="A4:Z4"/>
     <mergeCell ref="A5:Z5"/>
     <mergeCell ref="A6:Z6"/>
     <mergeCell ref="A7:Z7"/>
     <mergeCell ref="A8:Z8"/>
     <mergeCell ref="A9:Z9"/>
     <mergeCell ref="A10:Z10"/>
     <mergeCell ref="A11:Z11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="G12:J12"/>
     <mergeCell ref="K12:N12"/>
     <mergeCell ref="O12:R12"/>
     <mergeCell ref="S12:V12"/>
     <mergeCell ref="W12:Z12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="E13:F13"/>